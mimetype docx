--- v0 (2025-10-28)
+++ v1 (2026-01-18)
@@ -1,2401 +1,2284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D1904C0" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00174B2B">
+    <w:p w14:paraId="69AC48F6" w14:textId="1D0CB5B9" w:rsidR="00174B2B" w:rsidRDefault="00174B2B" w:rsidP="006F2947">
       <w:pPr>
+        <w:spacing w:afterLines="20" w:after="72" w:line="400" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB"/>
           <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD6233">
+      <w:r w:rsidRPr="006F2947">
         <w:rPr>
-          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
-          <w:b/>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>履</w:t>
+      </w:r>
+      <w:r w:rsidR="0099710D" w:rsidRPr="006F2947">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2947">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>歴</w:t>
+      </w:r>
+      <w:r w:rsidR="0099710D" w:rsidRPr="006F2947">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2947">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>書</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5520B">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2947">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>履</w:t>
+        <w:t xml:space="preserve">　　　　　　　　　　　　 </w:t>
       </w:r>
-      <w:r w:rsidR="001F0060">
+      <w:r w:rsidR="004758D6">
         <w:rPr>
-          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
-[...75 lines deleted...]
-          <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0099710D">
         <w:rPr>
-          <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　年　　　月　　　日</w:t>
+        <w:t xml:space="preserve">　　　年　　　月　　　日現在</w:t>
       </w:r>
-      <w:r w:rsidR="00291592">
+    </w:p>
+    <w:p w14:paraId="1177F623" w14:textId="77777777" w:rsidR="0099710D" w:rsidRPr="0099710D" w:rsidRDefault="0099710D" w:rsidP="0099710D">
+      <w:pPr>
+        <w:ind w:rightChars="131" w:right="275"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">採用待機登録（する・しない）　　　　履歴書返却（する・しない）　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099710D">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>現在</w:t>
+        <w:t>採用待機登録する場合は返却できません。</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1359"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1813"/>
+        <w:gridCol w:w="1793"/>
+        <w:gridCol w:w="149"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="2238"/>
         <w:gridCol w:w="218"/>
         <w:gridCol w:w="1797"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F0060" w14:paraId="625A5F06" w14:textId="77777777" w:rsidTr="0083194A">
+      <w:tr w:rsidR="00C5520B" w:rsidRPr="00151FAF" w14:paraId="58654E01" w14:textId="77777777" w:rsidTr="00A84198">
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="4253" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="565"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7C7C97" w14:textId="6ADAF05E" w:rsidR="00C5520B" w:rsidRDefault="00C5520B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>応募職種</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C9F268" w14:textId="442EB562" w:rsidR="00C5520B" w:rsidRDefault="00593BA1" w:rsidP="00C5520B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>事業コーディネーター</w:t>
+            </w:r>
+            <w:r w:rsidR="005B01E5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r w:rsidR="00151FAF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>食事</w:t>
+            </w:r>
+            <w:r w:rsidR="005B01E5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C5597C" w14:paraId="1D7C2AA2" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...38 lines deleted...]
-                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E728107" w14:textId="167378C3" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...56 lines deleted...]
-            </w:pPr>
+              <w:t>ふりがな</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="218" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...131 lines deleted...]
-            </w:r>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39CCDDAF" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="700A9DF3" w14:textId="77777777" w:rsidR="001F0060" w:rsidRDefault="001F0060">
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03614B09" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>【写　真】</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46883E2F" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C" w:rsidP="005940D1">
+            <w:pPr>
+              <w:jc w:val="distribute"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005940D1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>最近</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>３ヶ月</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005940D1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>以内に</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C66777" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C" w:rsidP="005940D1">
+            <w:pPr>
+              <w:jc w:val="distribute"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005940D1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>撮影したもの。</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022308C" w14:paraId="68B58727" w14:textId="77777777" w:rsidTr="00747612">
+      <w:tr w:rsidR="00C5597C" w14:paraId="48B226E3" w14:textId="77777777" w:rsidTr="00620753">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="269"/>
+          <w:trHeight w:val="881"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CCEDB0A" w14:textId="12AC1FB8" w:rsidR="0022308C" w:rsidRDefault="0022308C" w:rsidP="0022308C">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="392EAF7F" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>氏　名</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553CC1F1" w14:textId="5BF0AB7B" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
+            <w:pPr>
+              <w:ind w:firstLineChars="200" w:firstLine="420"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="218" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="36B5E16E" w14:textId="77777777" w:rsidR="0022308C" w:rsidRDefault="0022308C" w:rsidP="001F0060">
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16E911FF" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A9607C8" w14:textId="77777777" w:rsidR="0022308C" w:rsidRDefault="0022308C" w:rsidP="001F0060">
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06641624" w14:textId="77777777" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022308C" w14:paraId="004B5B3A" w14:textId="77777777" w:rsidTr="00B63FFC">
+      <w:tr w:rsidR="00C5520B" w:rsidRPr="005940D1" w14:paraId="6AAA821C" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="403"/>
+          <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="2E74E1B6" w14:textId="664B60E0" w:rsidR="0022308C" w:rsidRDefault="0022308C" w:rsidP="001F0060">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="758ABB10" w14:textId="77777777" w:rsidR="00C5520B" w:rsidRDefault="00C5520B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:spacing w:val="30"/>
+                <w:kern w:val="0"/>
+                <w:fitText w:val="1050" w:id="1497004544"/>
+              </w:rPr>
+              <w:t>生年月</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D3AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:spacing w:val="15"/>
+                <w:kern w:val="0"/>
+                <w:fitText w:val="1050" w:id="1497004544"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　年　　　月　　　日　　（満　　　歳）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66374487" w14:textId="77777777" w:rsidR="00C5520B" w:rsidRDefault="00C5520B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="218" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...29 lines deleted...]
-                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝"/>
+              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="714CE8A6" w14:textId="77777777" w:rsidR="00C5520B" w:rsidRDefault="00C5520B" w:rsidP="005940D1">
+            <w:pPr>
+              <w:jc w:val="distribute"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:spacing w:val="-20"/>
                 <w:w w:val="66"/>
                 <w:kern w:val="0"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="ＭＳ Ｐ明朝"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005940D1">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
                 <w:w w:val="66"/>
                 <w:kern w:val="0"/>
-              </w:rPr>
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>本人を確認できるもので</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8620F1" w14:textId="77777777" w:rsidR="00C5520B" w:rsidRPr="005940D1" w:rsidRDefault="00C5520B" w:rsidP="005940D1">
+            <w:pPr>
+              <w:jc w:val="distribute"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="66"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005940D1">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="66"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>あればスナップ切り抜き可。</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="38AAB049" w14:textId="77777777" w:rsidTr="001F0060">
-[...92 lines deleted...]
-      <w:tr w:rsidR="00291592" w14:paraId="511BA76E" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="11B0C875" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0739A48F" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5CFD5327" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="496AB2BA" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="7D6BF0AE" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>電話</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>携帯電話可</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D576CED" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="30FD4A88" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>（　　　　　）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DFA9464" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="00211F0C" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:ind w:firstLineChars="300" w:firstLine="630"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="6AF9611D" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="10251A97" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CF2FE67" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="4606F3B7" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>現住所（〒　　　－　　　　　）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01168E49" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="13C09911" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="595D4A54" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5EBCE835" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="4C32F0AB" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="4468AF6C" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="496"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C0F90B7" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="7A79C474" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C2FADFE" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="2C729FC9" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="23D9A157" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="23C6771A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5947B2A7" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="7F1E8E0F" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRPr="0099710D" w:rsidRDefault="0099710D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(連絡先が上記と異なる場合のみ記入)</w:t>
             </w:r>
             <w:r w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>日中電話を受けられる方の氏名と続柄を記入してください</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E9D850A" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="523CCEC2" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>電話</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>携帯電話可</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099710D">
+            <w:r w:rsidR="0099710D" w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C059856" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="01D4C551" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>（　　　　　）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DB214ED" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5AA269EC" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:ind w:firstLineChars="300" w:firstLine="630"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>－</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="0CF772D6" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="77306841" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F0F46E4" w14:textId="77777777" w:rsidR="00291592" w:rsidRPr="0099710D" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="0FD3EE4D" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRPr="0099710D" w:rsidRDefault="00174B2B" w:rsidP="0099710D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099710D">
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>連絡先</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="381F9330" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5069A8E2" w14:textId="77777777" w:rsidR="0099710D" w:rsidRDefault="0099710D" w:rsidP="0099710D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E5E63BE" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
-            <w:pPr>
+          <w:p w14:paraId="0080C6B0" w14:textId="77777777" w:rsidR="0099710D" w:rsidRDefault="0099710D" w:rsidP="0099710D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>氏　名（　　　　　　　　　　　　）　続　柄（　　　　　　　　　　　）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7625388D" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="67530695" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="09E9D5F4" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="3B8E7CF3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BFD27BB" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="171C8106" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="6D8BA934" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="272770DA" w14:textId="77777777" w:rsidTr="008B2A5A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC19AC6" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="645C51D6" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="205B936B" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="44BC7D99" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7235" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74334284" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="0E2B1DEB" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:ind w:firstLineChars="1100" w:firstLine="2310"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>最　終　学　歴</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174B2B" w14:paraId="2DA48B19" w14:textId="77777777" w:rsidTr="008B2A5A">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2122AE" w14:textId="43D6B2CA" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平</w:t>
+            </w:r>
+            <w:r w:rsidR="008B2A5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="253C2BA1" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10627EBB" w14:textId="66B9B6AC" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>学　歴　（中学校卒業から記入してください）</w:t>
+              <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　卒　業</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="3932CDC7" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="6D4CA242" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9314" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C791CA5" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174B2B" w14:paraId="269AE199" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcBorders>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF9A049" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1686CFFD" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE5CA9E" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:w w:val="90"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:w w:val="90"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>職歴〔会社名、入退社、雇用形態（正社員・パート等）等を記入〕</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="7709AEC6" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="52AE74DC" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECD6807" w14:textId="30C899B1" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平</w:t>
+            </w:r>
+            <w:r w:rsidR="004758D6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="491C85EC" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E7D4696" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="664A7D1B" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="55E6FFAD" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="2E745C69" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C60606" w14:textId="1D812FC1" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE1CF74" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14748A36" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="4DE03C41" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="06112ACE" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="7ACE17B6" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4109F6F8" w14:textId="46A8E6BA" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3654653B" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29A04F5B" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5EBC59CE" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="3BA8BE61" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="065ECF63" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F70A630" w14:textId="4C831289" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA4700E" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="443B8D4E" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="526BA326" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="478CE9D2" w14:textId="77777777" w:rsidTr="002E0586">
-[...152 lines deleted...]
-      <w:tr w:rsidR="00291592" w14:paraId="4D8609FA" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="79F37F14" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E46AFA0" w14:textId="32C32FFB" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CC82D6" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="58C4335E" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="59CF85D6" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="637FEDE1" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5F0B9E" w14:textId="7BD289F5" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="124D6EDD" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BC9DA7C" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="3FA2CC2F" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="6B0794E2" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="4ADD8403" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD5C387" w14:textId="3B76125D" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBAF65F" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04A28CFE" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="3B8A7CAB" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="180067D6" w14:textId="77777777" w:rsidTr="002E0586">
+      <w:tr w:rsidR="004758D6" w14:paraId="7D7EC6F0" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1E4367" w14:textId="367D5541" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="370C97DE" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F2ACCD2" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="792AE421" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="24D6D3A5" w14:textId="77777777" w:rsidTr="002E0586">
-[...59 lines deleted...]
-      <w:tr w:rsidR="00291592" w14:paraId="2D397829" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="410CF77C" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A2D642" w14:textId="0810E9E0" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19025934" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C50A793" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="0A24CE5A" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="3A1B486D" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="61CD284B" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="297F3101" w14:textId="038AF46A" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F87CEDB" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39137278" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="681752B7" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="2FDDB59A" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="269CD5B9" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="168FC214" w14:textId="1ADB1236" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="24154445" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A86C91A" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="5EE8DE16" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="60D608F8" w14:textId="77777777" w:rsidTr="00797274">
+      <w:tr w:rsidR="004758D6" w14:paraId="2F1A5905" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B5ABDA" w14:textId="6EF9A817" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="728E8CBB" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3498B149" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="61B9C729" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00291592" w14:paraId="1361DDF7" w14:textId="77777777" w:rsidTr="0014621F">
+      <w:tr w:rsidR="004758D6" w14:paraId="2620C476" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D5E897" w14:textId="29A1EDE4" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49489F2E" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="020F75A4" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004758D6" w14:paraId="4A9DDED9" w14:textId="77777777" w:rsidTr="004758D6">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E230EED" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
-[...19 lines deleted...]
-            <w:tcW w:w="720" w:type="dxa"/>
+          <w:p w14:paraId="521D98F8" w14:textId="029355F5" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72006519" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
-[...11 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="5482321E" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14336978" w14:textId="77777777" w:rsidR="00291592" w:rsidRDefault="00291592" w:rsidP="00291592">
+          <w:p w14:paraId="21C98271" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C8CF724" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+    <w:p w14:paraId="257B14B5" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B" w:rsidP="0099710D">
       <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ Ｐ明朝"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">記入上の注意　　</w:t>
       </w:r>
       <w:r w:rsidR="00322138">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">１　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2407,1959 +2290,1837 @@
       <w:r w:rsidR="00322138">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>を使用し、文字は楷書で</w:t>
       </w:r>
       <w:r w:rsidR="00255C27">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>丁寧に</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>記入してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F1F293" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+    <w:p w14:paraId="7DD6307A" w14:textId="77777777" w:rsidR="0099710D" w:rsidRDefault="00174B2B" w:rsidP="0099710D">
       <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ Ｐ明朝" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>２　※印部分は、該当するものを○で囲む。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0EB886" w14:textId="77777777" w:rsidR="0099710D" w:rsidRPr="0099710D" w:rsidRDefault="0099710D" w:rsidP="0099710D">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1359"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5055"/>
+        <w:gridCol w:w="1513"/>
+        <w:gridCol w:w="798"/>
+        <w:gridCol w:w="4823"/>
         <w:gridCol w:w="2180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00174B2B" w14:paraId="2EC6947F" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="0B34086F" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF3CAB7" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+          <w:p w14:paraId="58C9BE6D" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="0099710D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
-                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="00174B2B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
               <w:t>年</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B4BC19" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+          <w:p w14:paraId="4E9B3BF4" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A10165" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+          <w:p w14:paraId="3457F01C" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>免　許・資　格</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08BF5257" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+          <w:p w14:paraId="2CA32E4D" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:spacing w:val="35"/>
+            <w:r w:rsidRPr="007D3AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:spacing w:val="30"/>
                 <w:kern w:val="0"/>
                 <w:fitText w:val="1050" w:id="1497072640"/>
               </w:rPr>
               <w:t>記号番</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="007D3AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:spacing w:val="15"/>
                 <w:kern w:val="0"/>
                 <w:fitText w:val="1050" w:id="1497072640"/>
               </w:rPr>
               <w:t>号</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014621F" w14:paraId="3B2417A5" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="3E3FF846" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6634303C" w14:textId="12D034D5" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2B6A8D" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A415B4D" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="4BA38D9F" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3858A0F8" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="5C7CE3E7" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014621F" w14:paraId="506A4A80" w14:textId="77777777" w:rsidTr="002E0586">
+      <w:tr w:rsidR="004758D6" w14:paraId="6679A7B9" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="372469BA" w14:textId="6223F82F" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF8C550" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F0E4616" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="04B63F25" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11A3B52D" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="5EA120F1" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014621F" w14:paraId="49A48CC8" w14:textId="77777777" w:rsidTr="002E0586">
+      <w:tr w:rsidR="004758D6" w14:paraId="7827862F" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64244CCE" w14:textId="0E2F19CA" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA36A8D" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A1111CC" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="1B3B9CC2" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BE48A90" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="58F989C7" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014621F" w14:paraId="0C1A4A53" w14:textId="77777777" w:rsidTr="002E0586">
+      <w:tr w:rsidR="004758D6" w14:paraId="65CD1D0C" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AD5735" w14:textId="5E52D65F" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF76F61" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66BD6B3C" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="7578E86D" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BC7D3F0" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="3A79981B" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014621F" w14:paraId="5A18CA8E" w14:textId="77777777">
+      <w:tr w:rsidR="004758D6" w14:paraId="5BDE3DDF" w14:textId="77777777" w:rsidTr="004758D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1513" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67A2051A" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
-[...19 lines deleted...]
-            <w:tcW w:w="720" w:type="dxa"/>
+          <w:p w14:paraId="1B89CC39" w14:textId="45A07160" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>昭・平・令</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DAAA411" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
-[...10 lines deleted...]
-            <w:tcW w:w="5055" w:type="dxa"/>
+          <w:p w14:paraId="106C6EA4" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2664F00D" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="2ADD4B71" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2180" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0959EE54" w14:textId="77777777" w:rsidR="0014621F" w:rsidRDefault="0014621F" w:rsidP="0014621F">
+          <w:p w14:paraId="06A3FAEE" w14:textId="77777777" w:rsidR="004758D6" w:rsidRDefault="004758D6" w:rsidP="004758D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="041F92B7" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B"/>
+    <w:p w14:paraId="77F883CD" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9314"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00174B2B" w14:paraId="66099826" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="5F39F113" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4C23E3" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRPr="00525987" w:rsidRDefault="00174B2B">
-[...11 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="13E54FFA" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>志望の動機</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="503B14F6" w14:textId="77777777">
+      <w:tr w:rsidR="001E7C02" w14:paraId="22F59CAF" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191EDE19" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="4CE25C24" w14:textId="77777777" w:rsidR="001E7C02" w:rsidRDefault="001E7C02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="65D98D66" w14:textId="77777777">
+      <w:tr w:rsidR="00B62E55" w14:paraId="43ECDFC7" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="059FFDD5" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="3F29DC15" w14:textId="77777777" w:rsidR="00B62E55" w:rsidRDefault="00B62E55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="6AAC82BB" w14:textId="77777777">
+      <w:tr w:rsidR="006F2947" w14:paraId="105FBD2B" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="661264A9" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="072E2575" w14:textId="77777777" w:rsidR="006F2947" w:rsidRDefault="006F2947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="27F396CC" w14:textId="77777777">
+      <w:tr w:rsidR="003227BA" w14:paraId="68507F26" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="772029E1" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="7151C070" w14:textId="77777777" w:rsidR="003227BA" w:rsidRDefault="003227BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="093CA7F0" w14:textId="77777777">
+      <w:tr w:rsidR="00A166A9" w14:paraId="487D75F9" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46ECE5E7" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="732AB562" w14:textId="77777777" w:rsidR="00A166A9" w:rsidRDefault="00A166A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="54C3BA65" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="4546BF12" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77034D91" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00003B7A">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1023B796" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="731CA1C3" w14:textId="77777777">
+      <w:tr w:rsidR="00174B2B" w14:paraId="613A5556" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73D2A54E" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="461CFD9D" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>趣味・特技など</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="5D6141B6" w14:textId="77777777">
+      <w:tr w:rsidR="00B62E55" w14:paraId="1B583706" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C769C91" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...3 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="15E8B443" w14:textId="77777777" w:rsidR="00B62E55" w:rsidRDefault="00B62E55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525987" w14:paraId="0EB446C5" w14:textId="77777777">
+      <w:tr w:rsidR="006F2947" w14:paraId="4F4F904D" w14:textId="77777777" w:rsidTr="003227BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7722D78D" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="64EC10DB" w14:textId="77777777" w:rsidR="006F2947" w:rsidRDefault="006F2947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797274" w14:paraId="1A3F6C3E" w14:textId="77777777" w:rsidTr="00291592">
+      <w:tr w:rsidR="00174B2B" w14:paraId="206D9172" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9314" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-[...50 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236EDA60" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
+          <w:p w14:paraId="7CE2B603" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A66BCE4" w14:textId="77777777" w:rsidR="00525987" w:rsidRDefault="00525987" w:rsidP="00525987">
-[...268 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="26717BBC" w14:textId="611EEA67" w:rsidR="00174B2B" w:rsidRDefault="00174B2B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9314" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9314"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB11DF" w14:paraId="0D372D36" w14:textId="77777777" w:rsidTr="00AB2BF8">
+      <w:tr w:rsidR="00BA2D34" w14:paraId="0D71823B" w14:textId="77777777" w:rsidTr="00AD6DC5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9314" w:type="dxa"/>
-[...154 lines deleted...]
-              <w:t xml:space="preserve">　　</w:t>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="532B8D55" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>扶養家族数</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D9CEF8" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRPr="002318AE" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002318AE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002318AE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>配偶者除く</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002318AE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E5D8CF" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>配</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>偶</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>者</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABB5970" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRPr="002318AE" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:ind w:leftChars="38" w:left="80" w:rightChars="38" w:right="80"/>
+              <w:jc w:val="distribute"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002318AE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>配偶者の扶養義務</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2062E82B" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>通</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>勤</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>方</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>法</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA2D34" w14:paraId="5C25C495" w14:textId="77777777" w:rsidTr="00AD6DC5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="569DC548" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:ind w:firstLineChars="300" w:firstLine="600"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA64FAB" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>有　・　無</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="704B3E44" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>有　・　無</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A0AD51" w14:textId="77777777" w:rsidR="00BA2D34" w:rsidRPr="00495429" w:rsidRDefault="00BA2D34" w:rsidP="00AD6DC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00495429">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□自家用車　□電車・バス　□バイク・自転車・徒歩</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18CE2EBC" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B" w:rsidP="00F50A99">
+    <w:p w14:paraId="4AB3541C" w14:textId="77777777" w:rsidR="00174B2B" w:rsidRDefault="00174B2B" w:rsidP="00FC7EDC">
       <w:pPr>
         <w:spacing w:beforeLines="20" w:before="72"/>
         <w:ind w:rightChars="217" w:right="456"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>社会福祉法人　あきる野市社会福祉協議会</w:t>
+        <w:t xml:space="preserve">社会福祉法人　</w:t>
+      </w:r>
+      <w:smartTag w:uri="schemas-MSNCTYST-com/MSNCTYST" w:element="MSNCTYST">
+        <w:smartTagPr>
+          <w:attr w:name="AddressList" w:val="13:東京都あきる野市;"/>
+          <w:attr w:name="Address" w:val="あきる野市"/>
+        </w:smartTagPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+          </w:rPr>
+          <w:t>あきる野市</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>社会福祉協議会</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00174B2B" w:rsidSect="007370F2">
+    <w:sectPr w:rsidR="00174B2B" w:rsidSect="005E0682">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="284" w:left="1418" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="295" w:left="1418" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B42A486" w14:textId="77777777" w:rsidR="00A16F87" w:rsidRDefault="00A16F87" w:rsidP="00BA1456">
+    <w:p w14:paraId="75326090" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E060EAE" w14:textId="77777777" w:rsidR="00A16F87" w:rsidRDefault="00A16F87" w:rsidP="00BA1456">
+    <w:p w14:paraId="6E663A14" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...21 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ Ｐゴシック">
-    <w:panose1 w:val="020B0600070205080204"/>
+  <w:font w:name="ＭＳ ゴシック">
+    <w:altName w:val="MS Gothic"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="variable"/>
-[...13 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HGP創英角ｺﾞｼｯｸUB">
     <w:panose1 w:val="020B0900000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="游ゴシック Light">
-    <w:panose1 w:val="020B0300000000000000"/>
+  <w:font w:name="ＭＳ Ｐ明朝">
+    <w:panose1 w:val="02020600040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="HG丸ｺﾞｼｯｸM-PRO">
+    <w:panose1 w:val="020F0600000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="114B5832" w14:textId="77777777" w:rsidR="00A16F87" w:rsidRDefault="00A16F87" w:rsidP="00BA1456">
+    <w:p w14:paraId="5CAE8AC4" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D5CE4B0" w14:textId="77777777" w:rsidR="00A16F87" w:rsidRDefault="00A16F87" w:rsidP="00BA1456">
+    <w:p w14:paraId="58A45A2E" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169">
+    <o:shapedefaults v:ext="edit" spidmax="44033">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
-    <w:doNotBreakWrappedTables/>
-[...5 lines deleted...]
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...14 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E2613"/>
-    <w:rsid w:val="00003B7A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00085C75"/>
+    <w:rsid w:val="0001720E"/>
+    <w:rsid w:val="00067802"/>
     <w:rsid w:val="000C7128"/>
-    <w:rsid w:val="0014621F"/>
-    <w:rsid w:val="00151DF8"/>
+    <w:rsid w:val="000F1734"/>
+    <w:rsid w:val="0011442A"/>
+    <w:rsid w:val="00130D67"/>
+    <w:rsid w:val="00137D9C"/>
+    <w:rsid w:val="00140A11"/>
+    <w:rsid w:val="00151FAF"/>
     <w:rsid w:val="00152BBF"/>
     <w:rsid w:val="00174B2B"/>
     <w:rsid w:val="00194123"/>
     <w:rsid w:val="0019489D"/>
+    <w:rsid w:val="001E1EDD"/>
     <w:rsid w:val="001E2613"/>
-    <w:rsid w:val="001F0060"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00236150"/>
+    <w:rsid w:val="001E7C02"/>
+    <w:rsid w:val="001F2BB0"/>
+    <w:rsid w:val="001F5C2C"/>
+    <w:rsid w:val="002318AE"/>
+    <w:rsid w:val="0023265B"/>
+    <w:rsid w:val="00247A00"/>
     <w:rsid w:val="00251261"/>
     <w:rsid w:val="00255C27"/>
-    <w:rsid w:val="00291592"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F2042"/>
+    <w:rsid w:val="00283E85"/>
+    <w:rsid w:val="002B53B0"/>
+    <w:rsid w:val="003046AE"/>
     <w:rsid w:val="00322138"/>
-    <w:rsid w:val="00337666"/>
-    <w:rsid w:val="00361C94"/>
+    <w:rsid w:val="003227BA"/>
     <w:rsid w:val="00376A94"/>
-    <w:rsid w:val="003A5117"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0040308F"/>
+    <w:rsid w:val="003D363C"/>
+    <w:rsid w:val="00407FC0"/>
+    <w:rsid w:val="0041618D"/>
+    <w:rsid w:val="00427AD6"/>
+    <w:rsid w:val="004758D6"/>
+    <w:rsid w:val="00491E8F"/>
+    <w:rsid w:val="00495429"/>
     <w:rsid w:val="004A01BC"/>
-    <w:rsid w:val="00525987"/>
-    <w:rsid w:val="00554F42"/>
     <w:rsid w:val="00581CE8"/>
-    <w:rsid w:val="00582412"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00730438"/>
+    <w:rsid w:val="00593BA1"/>
+    <w:rsid w:val="005940D1"/>
+    <w:rsid w:val="005B01E5"/>
+    <w:rsid w:val="005C1B4E"/>
+    <w:rsid w:val="005E0682"/>
+    <w:rsid w:val="00602D66"/>
+    <w:rsid w:val="00674F3B"/>
+    <w:rsid w:val="00682949"/>
+    <w:rsid w:val="006E5B6B"/>
+    <w:rsid w:val="006F2947"/>
+    <w:rsid w:val="007340B7"/>
     <w:rsid w:val="007370F2"/>
     <w:rsid w:val="0074796D"/>
-    <w:rsid w:val="00797274"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00805F23"/>
+    <w:rsid w:val="00797F5E"/>
+    <w:rsid w:val="007D3AC5"/>
+    <w:rsid w:val="007F1EB5"/>
     <w:rsid w:val="00815945"/>
-    <w:rsid w:val="0083194A"/>
     <w:rsid w:val="00863D20"/>
+    <w:rsid w:val="00864126"/>
     <w:rsid w:val="0089220A"/>
+    <w:rsid w:val="008B2A5A"/>
     <w:rsid w:val="008B78A8"/>
-    <w:rsid w:val="00913676"/>
-    <w:rsid w:val="009310DB"/>
+    <w:rsid w:val="008C0FFB"/>
     <w:rsid w:val="00934B6D"/>
     <w:rsid w:val="00944500"/>
     <w:rsid w:val="00964AF9"/>
-    <w:rsid w:val="0098325D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A05470"/>
+    <w:rsid w:val="0099710D"/>
     <w:rsid w:val="00A162EE"/>
-    <w:rsid w:val="00A16F87"/>
+    <w:rsid w:val="00A166A9"/>
     <w:rsid w:val="00A3249E"/>
-    <w:rsid w:val="00A90400"/>
-    <w:rsid w:val="00AB2BF8"/>
+    <w:rsid w:val="00A834DC"/>
+    <w:rsid w:val="00A84198"/>
+    <w:rsid w:val="00AF12B7"/>
     <w:rsid w:val="00B05129"/>
     <w:rsid w:val="00B351D3"/>
-    <w:rsid w:val="00B41E78"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E402A2"/>
+    <w:rsid w:val="00B62E55"/>
+    <w:rsid w:val="00B97080"/>
+    <w:rsid w:val="00BA2D34"/>
+    <w:rsid w:val="00BB6353"/>
+    <w:rsid w:val="00C03C38"/>
+    <w:rsid w:val="00C42A31"/>
+    <w:rsid w:val="00C5520B"/>
+    <w:rsid w:val="00C5597C"/>
+    <w:rsid w:val="00CC137B"/>
+    <w:rsid w:val="00CD622D"/>
+    <w:rsid w:val="00D14CE1"/>
+    <w:rsid w:val="00D2224F"/>
+    <w:rsid w:val="00E36600"/>
+    <w:rsid w:val="00E83B49"/>
+    <w:rsid w:val="00EB06BA"/>
+    <w:rsid w:val="00F064E0"/>
+    <w:rsid w:val="00F409F9"/>
+    <w:rsid w:val="00F45E00"/>
     <w:rsid w:val="00F50A99"/>
     <w:rsid w:val="00F91044"/>
-    <w:rsid w:val="00FB11DF"/>
+    <w:rsid w:val="00F9363C"/>
+    <w:rsid w:val="00FC5072"/>
+    <w:rsid w:val="00FC7EDC"/>
+    <w:rsid w:val="00FE2D47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="schemas-MSNCTYST-com/MSNCTYST" w:url="http://officeupdate.microsoft.com/office/redirect/10/Helplinks.asp?AppName=WORD&amp;HelpLCID=1041&amp;LinkNum=18915401&amp;Version=0," w:name="MSNCTYST"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169">
+    <o:shapedefaults v:ext="edit" spidmax="44033">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0E88E9B4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{237115DF-2CD7-4720-8D70-135200C48697}"/>
+  <w14:docId w14:val="6570BFBD"/>
+  <w15:docId w15:val="{42F9D63F-3B59-4607-B06F-D0B52294908B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4541,533 +4302,474 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00525987"/>
+    <w:rsid w:val="00FC7EDC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="007370F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-    <w:rsid w:val="00BA1456"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00407FC0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="ヘッダー (文字)"/>
-    <w:link w:val="a5"/>
-    <w:rsid w:val="00BA1456"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00407FC0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
-    <w:rsid w:val="00BA1456"/>
+    <w:link w:val="a7"/>
+    <w:rsid w:val="00407FC0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="フッター (文字)"/>
-    <w:link w:val="a7"/>
-    <w:rsid w:val="00BA1456"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00407FC0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office ​​テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="Century"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>145</Words>
-  <Characters>830</Characters>
+  <Words>131</Words>
+  <Characters>752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</vt:lpstr>
       <vt:lpstr>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>あきる野市社会福祉協議会</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>974</CharactersWithSpaces>
+  <CharactersWithSpaces>882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</dc:title>
-  <dc:subject/>
   <dc:creator>秋川事務所</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>