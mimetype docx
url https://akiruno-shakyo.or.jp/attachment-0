--- v1 (2026-01-18)
+++ v2 (2026-02-28)
@@ -141,132 +141,111 @@
       <w:tblPr>
         <w:tblW w:w="9314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1793"/>
         <w:gridCol w:w="149"/>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="2386"/>
         <w:gridCol w:w="2238"/>
         <w:gridCol w:w="218"/>
         <w:gridCol w:w="1797"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C5520B" w:rsidRPr="00151FAF" w14:paraId="58654E01" w14:textId="77777777" w:rsidTr="00A84198">
+      <w:tr w:rsidR="00C5520B" w14:paraId="58654E01" w14:textId="77777777" w:rsidTr="00A84198">
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="4253" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C7C7C97" w14:textId="6ADAF05E" w:rsidR="00C5520B" w:rsidRDefault="00C5520B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>応募職種</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42C9F268" w14:textId="442EB562" w:rsidR="00C5520B" w:rsidRDefault="00593BA1" w:rsidP="00C5520B">
+          <w:p w14:paraId="42C9F268" w14:textId="29EA2636" w:rsidR="00C5520B" w:rsidRDefault="006A2236" w:rsidP="00C5520B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>事業コーディネーター</w:t>
-[...20 lines deleted...]
-              <w:t>）</w:t>
+              <w:t>生活支援員</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C5597C" w14:paraId="1D7C2AA2" w14:textId="77777777" w:rsidTr="00682949">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7299" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E728107" w14:textId="167378C3" w:rsidR="00C5597C" w:rsidRDefault="00C5597C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:kern w:val="0"/>
@@ -3751,203 +3730,194 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CAE8AC4" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="58A45A2E" w14:textId="77777777" w:rsidR="00407FC0" w:rsidRDefault="00407FC0" w:rsidP="00407FC0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033">
+    <o:shapedefaults v:ext="edit" spidmax="37889">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E2613"/>
+    <w:rsid w:val="000022AE"/>
     <w:rsid w:val="0001720E"/>
     <w:rsid w:val="00067802"/>
+    <w:rsid w:val="000856D2"/>
     <w:rsid w:val="000C7128"/>
     <w:rsid w:val="000F1734"/>
-    <w:rsid w:val="0011442A"/>
     <w:rsid w:val="00130D67"/>
     <w:rsid w:val="00137D9C"/>
     <w:rsid w:val="00140A11"/>
-    <w:rsid w:val="00151FAF"/>
     <w:rsid w:val="00152BBF"/>
     <w:rsid w:val="00174B2B"/>
     <w:rsid w:val="00194123"/>
     <w:rsid w:val="0019489D"/>
     <w:rsid w:val="001E1EDD"/>
     <w:rsid w:val="001E2613"/>
     <w:rsid w:val="001E7C02"/>
     <w:rsid w:val="001F2BB0"/>
     <w:rsid w:val="001F5C2C"/>
     <w:rsid w:val="002318AE"/>
     <w:rsid w:val="0023265B"/>
     <w:rsid w:val="00247A00"/>
     <w:rsid w:val="00251261"/>
     <w:rsid w:val="00255C27"/>
     <w:rsid w:val="00283E85"/>
     <w:rsid w:val="002B53B0"/>
-    <w:rsid w:val="003046AE"/>
     <w:rsid w:val="00322138"/>
     <w:rsid w:val="003227BA"/>
     <w:rsid w:val="00376A94"/>
-    <w:rsid w:val="003D363C"/>
     <w:rsid w:val="00407FC0"/>
     <w:rsid w:val="0041618D"/>
     <w:rsid w:val="00427AD6"/>
     <w:rsid w:val="004758D6"/>
-    <w:rsid w:val="00491E8F"/>
     <w:rsid w:val="00495429"/>
     <w:rsid w:val="004A01BC"/>
     <w:rsid w:val="00581CE8"/>
-    <w:rsid w:val="00593BA1"/>
     <w:rsid w:val="005940D1"/>
-    <w:rsid w:val="005B01E5"/>
-    <w:rsid w:val="005C1B4E"/>
     <w:rsid w:val="005E0682"/>
     <w:rsid w:val="00602D66"/>
     <w:rsid w:val="00674F3B"/>
     <w:rsid w:val="00682949"/>
+    <w:rsid w:val="006A2236"/>
     <w:rsid w:val="006E5B6B"/>
     <w:rsid w:val="006F2947"/>
     <w:rsid w:val="007340B7"/>
     <w:rsid w:val="007370F2"/>
     <w:rsid w:val="0074796D"/>
     <w:rsid w:val="00797F5E"/>
     <w:rsid w:val="007D3AC5"/>
     <w:rsid w:val="007F1EB5"/>
     <w:rsid w:val="00815945"/>
     <w:rsid w:val="00863D20"/>
-    <w:rsid w:val="00864126"/>
     <w:rsid w:val="0089220A"/>
     <w:rsid w:val="008B2A5A"/>
     <w:rsid w:val="008B78A8"/>
     <w:rsid w:val="008C0FFB"/>
     <w:rsid w:val="00934B6D"/>
     <w:rsid w:val="00944500"/>
     <w:rsid w:val="00964AF9"/>
     <w:rsid w:val="0099710D"/>
     <w:rsid w:val="00A162EE"/>
     <w:rsid w:val="00A166A9"/>
     <w:rsid w:val="00A3249E"/>
     <w:rsid w:val="00A834DC"/>
     <w:rsid w:val="00A84198"/>
     <w:rsid w:val="00AF12B7"/>
     <w:rsid w:val="00B05129"/>
     <w:rsid w:val="00B351D3"/>
     <w:rsid w:val="00B62E55"/>
     <w:rsid w:val="00B97080"/>
     <w:rsid w:val="00BA2D34"/>
     <w:rsid w:val="00BB6353"/>
     <w:rsid w:val="00C03C38"/>
     <w:rsid w:val="00C42A31"/>
     <w:rsid w:val="00C5520B"/>
     <w:rsid w:val="00C5597C"/>
-    <w:rsid w:val="00CC137B"/>
     <w:rsid w:val="00CD622D"/>
     <w:rsid w:val="00D14CE1"/>
     <w:rsid w:val="00D2224F"/>
     <w:rsid w:val="00E36600"/>
     <w:rsid w:val="00E83B49"/>
     <w:rsid w:val="00EB06BA"/>
     <w:rsid w:val="00F064E0"/>
     <w:rsid w:val="00F409F9"/>
     <w:rsid w:val="00F45E00"/>
     <w:rsid w:val="00F50A99"/>
     <w:rsid w:val="00F91044"/>
-    <w:rsid w:val="00F9363C"/>
     <w:rsid w:val="00FC5072"/>
     <w:rsid w:val="00FC7EDC"/>
     <w:rsid w:val="00FE2D47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="schemas-MSNCTYST-com/MSNCTYST" w:url="http://officeupdate.microsoft.com/office/redirect/10/Helplinks.asp?AppName=WORD&amp;HelpLCID=1041&amp;LinkNum=18915401&amp;Version=0," w:name="MSNCTYST"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033">
+    <o:shapedefaults v:ext="edit" spidmax="37889">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6570BFBD"/>
   <w15:docId w15:val="{42F9D63F-3B59-4607-B06F-D0B52294908B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -4702,74 +4672,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>131</Words>
-  <Characters>752</Characters>
+  <Words>130</Words>
+  <Characters>744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</vt:lpstr>
       <vt:lpstr>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>あきる野市社会福祉協議会</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>882</CharactersWithSpaces>
+  <CharactersWithSpaces>873</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>履歴書　　　　　　　　　　　平成　　年　　月　　日現在</dc:title>
   <dc:creator>秋川事務所</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>